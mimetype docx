--- v0 (2025-12-24)
+++ v1 (2026-03-12)
@@ -8,205 +8,206 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A5853" w:rsidRPr="0088516F" w14:paraId="1FAA353C" w14:textId="77777777" w:rsidTr="00FA0100">
+      <w:tr w:rsidR="002A5853" w:rsidRPr="00502C28" w:rsidTr="00FA0100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4218A8" w14:textId="77777777" w:rsidR="002A5853" w:rsidRPr="00C46965" w:rsidRDefault="00981DE0" w:rsidP="00C46965">
+          <w:p w:rsidR="002A5853" w:rsidRPr="00C46965" w:rsidRDefault="00981DE0" w:rsidP="00C46965">
             <w:pPr>
               <w:pStyle w:val="IJETNNormal"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc230354090"/>
             <w:bookmarkStart w:id="1" w:name="_Toc474052195"/>
             <w:bookmarkStart w:id="2" w:name="_Toc474052096"/>
             <w:r w:rsidRPr="00C46965">
               <w:t xml:space="preserve">Is this submission sent to </w:t>
             </w:r>
             <w:r w:rsidR="002A5853" w:rsidRPr="00C46965">
               <w:t xml:space="preserve">a call for papers? </w:t>
             </w:r>
             <w:r w:rsidR="00C46965" w:rsidRPr="00C46965">
               <w:t>If so, please specify which one</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64B8C6A9" w14:textId="77777777" w:rsidR="002A5853" w:rsidRPr="00C46965" w:rsidRDefault="002A5853" w:rsidP="00C46965">
+          <w:p w:rsidR="002A5853" w:rsidRPr="00C46965" w:rsidRDefault="002A5853" w:rsidP="00C46965">
             <w:pPr>
               <w:pStyle w:val="IJETNNormal"/>
             </w:pPr>
             <w:r w:rsidRPr="00C46965">
               <w:t>"</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="629215981"/>
                 <w:placeholder>
-                  <w:docPart w:val="768E64342A374C7698BE0FD99F53CD70"/>
+                  <w:docPart w:val="CDBC82F9273C4F90B436139EDEF1713B"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008E53EE" w:rsidRPr="00C46965">
                   <w:t>Click or tap here to enter text</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C46965">
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FC91197" w14:textId="77777777" w:rsidR="00285B8D" w:rsidRPr="003F1865" w:rsidRDefault="00285B8D" w:rsidP="00285B8D">
+    <w:p w:rsidR="00285B8D" w:rsidRPr="003F1865" w:rsidRDefault="00285B8D" w:rsidP="00285B8D">
       <w:pPr>
         <w:pStyle w:val="1IJETENGLISHPaperTitle"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00472DEC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Title in English [</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidRPr="00472DEC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_A_PaperTitle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00472DEC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="004B3E56">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB4C30B" w14:textId="77777777" w:rsidR="004B3E56" w:rsidRPr="009854EF" w:rsidRDefault="003F1865" w:rsidP="00117041">
+    <w:p w:rsidR="004B3E56" w:rsidRPr="009854EF" w:rsidRDefault="003F1865" w:rsidP="00117041">
       <w:pPr>
         <w:pStyle w:val="2IJETENGLISHTitleTranslation"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Title in Italian </w:t>
       </w:r>
       <w:r w:rsidR="004B3E56" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="004B7614" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2_</w:t>
       </w:r>
       <w:r w:rsidR="00900987" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET_TITLE TRANSLATION</w:t>
       </w:r>
       <w:r w:rsidR="004B3E56" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="003652E0" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00643084">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AB5A23" w14:textId="77777777" w:rsidR="0049301B" w:rsidRPr="003652E0" w:rsidRDefault="00191FE9" w:rsidP="003652E0">
+    <w:p w:rsidR="0049301B" w:rsidRPr="003652E0" w:rsidRDefault="00191FE9" w:rsidP="00F34564">
       <w:pPr>
         <w:pStyle w:val="3IJETAUTHORS"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003652E0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">[Stile </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00167835" w:rsidRPr="003652E0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET_</w:t>
       </w:r>
       <w:r w:rsidRPr="003652E0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Aut</w:t>
       </w:r>
@@ -278,250 +279,236 @@
         </w:rPr>
         <w:t xml:space="preserve">, Name </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0049301B" w:rsidRPr="003652E0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="003B2C04" w:rsidRPr="003652E0">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003652E0" w:rsidRPr="003652E0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, #</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAD9BBA" w14:textId="77777777" w:rsidR="00191FE9" w:rsidRPr="003B2C04" w:rsidRDefault="003B2C04" w:rsidP="003A3941">
+    <w:p w:rsidR="00191FE9" w:rsidRPr="003B2C04" w:rsidRDefault="003B2C04" w:rsidP="003A3941">
       <w:pPr>
         <w:pStyle w:val="3IJETAuthorsAffiliations"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00167835">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="003B2C04">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidR="00B41EBD" w:rsidRPr="003B2C04">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="003B2C04">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>affiliation1, Town, State, email</w:t>
+        <w:t xml:space="preserve">affiliation1, Town, State, email </w:t>
       </w:r>
       <w:r w:rsidR="003A724E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00191FE9" w:rsidRPr="003B2C04">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="003A724E" w:rsidRPr="003A724E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>3_IJET_Authors' Affiliations</w:t>
       </w:r>
       <w:r w:rsidR="003A724E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3BEC15" w14:textId="77777777" w:rsidR="003A3941" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003652E0">
+    <w:p w:rsidR="003A3941" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003652E0">
       <w:pPr>
         <w:pStyle w:val="3IJETAuthorsAffiliations"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Author affiliation2, Town, State, </w:t>
       </w:r>
       <w:r w:rsidR="003A3941" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DCE6B4" w14:textId="77777777" w:rsidR="00191FE9" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003652E0">
+    <w:p w:rsidR="00191FE9" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003652E0">
       <w:pPr>
         <w:pStyle w:val="3IJETAuthorsAffiliations"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Author affiliation#, Town, State, </w:t>
       </w:r>
       <w:r w:rsidR="003A3941" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698B51A4" w14:textId="77777777" w:rsidR="00191FE9" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="00117041">
+    <w:p w:rsidR="00191FE9" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="00117041">
       <w:pPr>
         <w:pStyle w:val="3IJETCorrespondingauthor"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>* C</w:t>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">orresponding author </w:t>
       </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00191FE9" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(it does not necessarily have to be the first one)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C80102" w14:textId="77777777" w:rsidR="009854EF" w:rsidRDefault="009854EF" w:rsidP="003B2C04">
+    <w:p w:rsidR="009854EF" w:rsidRDefault="009854EF" w:rsidP="003B2C04">
       <w:pPr>
         <w:pStyle w:val="IJETCAbstractKeywordsText"/>
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">HOW TO CITE </w:t>
       </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>To be added by editorial staff during productio</w:t>
       </w:r>
       <w:r w:rsidR="00643084">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DB69F1" w14:textId="77777777" w:rsidR="003B2C04" w:rsidRPr="006541ED" w:rsidRDefault="003B2C04" w:rsidP="003B2C04">
+    <w:p w:rsidR="003B2C04" w:rsidRPr="006541ED" w:rsidRDefault="003B2C04" w:rsidP="003B2C04">
       <w:pPr>
         <w:pStyle w:val="IJETCAbstractKeywordsText"/>
         <w:rPr>
           <w:rStyle w:val="IJETCAbstractKeywordsTextCarattere"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A724E">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A724E">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -594,51 +581,51 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_C_Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CA45C8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/Keywords Text</w:t>
       </w:r>
       <w:r w:rsidRPr="006541ED">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="004B7614">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037C0F95" w14:textId="77777777" w:rsidR="003B2C04" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003B2C04">
+    <w:p w:rsidR="003B2C04" w:rsidRPr="009854EF" w:rsidRDefault="003B2C04" w:rsidP="003B2C04">
       <w:pPr>
         <w:pStyle w:val="IJETCAbstractKeywordsText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>KEYWORDS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006541ED">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
@@ -776,51 +763,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET_C_Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/Keywords Text]</w:t>
       </w:r>
       <w:r w:rsidR="004B7614" w:rsidRPr="009854EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496E701D" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="00010B42" w:rsidRDefault="000164E9" w:rsidP="007268FE">
+    <w:p w:rsidR="000164E9" w:rsidRPr="00010B42" w:rsidRDefault="000164E9" w:rsidP="007268FE">
       <w:pPr>
         <w:pStyle w:val="IJETCAbstractKeywordsText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010B42">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sommario</w:t>
       </w:r>
       <w:r w:rsidR="000A6CC2" w:rsidRPr="00010B42">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071699D" w:rsidRPr="00010B42">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -869,51 +856,51 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_C_Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="00010B42">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/Keywords Text</w:t>
       </w:r>
       <w:r w:rsidRPr="00010B42">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="004B7614">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCFF016" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="006541ED" w:rsidRDefault="00B4453E" w:rsidP="00660EB0">
+    <w:p w:rsidR="000164E9" w:rsidRPr="006541ED" w:rsidRDefault="00B4453E" w:rsidP="00660EB0">
       <w:pPr>
         <w:pStyle w:val="IJETCAbstractKeywordsText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4453E">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
         </w:rPr>
         <w:t>Parole chiave</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3941">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="003A724E" w:rsidRPr="003A724E">
         <w:rPr>
           <w:rStyle w:val="IJETDABSTRACTKEYWORDSLabel"/>
         </w:rPr>
         <w:t>IJET_D_ABSTRACT_KEYWORDS Label</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3941">
@@ -981,51 +968,51 @@
         <w:t>_C_Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="00CA45C8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/Keywords Text</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="006541ED">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="004B7614">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="403A56E1" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="00924A7C" w:rsidRDefault="00E704C6" w:rsidP="00C52AE4">
+    <w:p w:rsidR="000164E9" w:rsidRPr="00924A7C" w:rsidRDefault="00E704C6" w:rsidP="00C52AE4">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Title level 1</w:t>
       </w:r>
       <w:r w:rsidR="00C466A6" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arial14</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
@@ -1052,51 +1039,51 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00C466A6" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>itle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004A64F7" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1923DC3E" w14:textId="77777777" w:rsidR="00941339" w:rsidRPr="00341D65" w:rsidRDefault="00941339" w:rsidP="00941339">
+    <w:p w:rsidR="00941339" w:rsidRPr="00341D65" w:rsidRDefault="00941339" w:rsidP="00941339">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve">This document provides formatting requirements </w:t>
       </w:r>
       <w:r w:rsidRPr="00830897">
         <w:t xml:space="preserve">and examples </w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve">for articles submitted to </w:t>
       </w:r>
       <w:r w:rsidRPr="00244BD2">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Italian Journal of Educational Technology</w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1142,91 +1129,91 @@
       <w:r w:rsidRPr="00830897">
         <w:t xml:space="preserve">different </w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve">styles </w:t>
       </w:r>
       <w:r w:rsidRPr="00830897">
         <w:t xml:space="preserve">foreseen for </w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t>titles, sub-titles, figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t>s,</w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve"> captions, etc. </w:t>
       </w:r>
       <w:r>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve"> styles should be applied to all text in the file. Please make sure you are not using any other style or personal formatting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC4FC96" w14:textId="77777777" w:rsidR="00941339" w:rsidRDefault="00941339" w:rsidP="00941339">
+    <w:p w:rsidR="00941339" w:rsidRDefault="00941339" w:rsidP="00941339">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve">The font used throughout the document is Times New Roman. Paragraphs are justified, font </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">size </w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t xml:space="preserve"> dots, line spacing is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1,09. Indentation is used for any paragraph, first line 0,6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00341D65">
         <w:t>N_</w:t>
       </w:r>
       <w:r>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidRPr="00341D65">
         <w:t>_Normal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00341D65">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131AB39A" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="00924A7C" w:rsidRDefault="00E704C6" w:rsidP="00A921A6">
+    <w:p w:rsidR="000164E9" w:rsidRPr="00924A7C" w:rsidRDefault="00E704C6" w:rsidP="00A921A6">
       <w:pPr>
         <w:pStyle w:val="IJETFTitle2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc230354091"/>
       <w:r w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Title level 2</w:t>
       </w:r>
       <w:r w:rsidR="00941339" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arial12</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
@@ -1235,51 +1222,51 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_F_Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="00924A7C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0268DBC3" w14:textId="77777777" w:rsidR="00941339" w:rsidRDefault="00941339" w:rsidP="00941339">
+    <w:p w:rsidR="00941339" w:rsidRDefault="00941339" w:rsidP="00941339">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00762896">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
         </w:rPr>
         <w:t>Italic</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
@@ -1338,237 +1325,229 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">terms </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t>notably</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> non-English</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve"> or uncommon</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> words)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Bold should be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> its use being limited to section </w:t>
+        <w:t xml:space="preserve">Bold should be avoided, its use being limited to section </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA253C">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidRPr="00A7643C">
         <w:t>_E_</w:t>
       </w:r>
       <w:r>
         <w:t>TITLE 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA253C">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and sub-section titles </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA253C">
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidRPr="00A7643C">
         <w:t>_F_Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A7643C">
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA253C">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>. Pages should not be numbered, neither should there be headers or footers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC37FE4" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="0065263C" w:rsidRDefault="00941339" w:rsidP="00A921A6">
+    <w:p w:rsidR="000164E9" w:rsidRPr="0065263C" w:rsidRDefault="00941339" w:rsidP="00A921A6">
       <w:pPr>
         <w:pStyle w:val="IJETGTitle3"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Title level 3 </w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A27BED" w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_G_Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="0065263C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660DFC36" w14:textId="77777777" w:rsidR="009F7546" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00B56008">
+    <w:p w:rsidR="009F7546" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA253C">
         <w:t>Bulleted and numbered lists can be used as follows</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41917ECC" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00B56008">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA253C">
         <w:t>The following is a bulleted list</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BA24D7" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="0099280F">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="0099280F">
       <w:pPr>
         <w:pStyle w:val="IJETHBulletedList"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00767B97">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>first item</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00A3045C" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A27BED" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_H_BulletedList</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A3045C" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5123FF95" w14:textId="77777777" w:rsidR="0099280F" w:rsidRDefault="000A5509" w:rsidP="00FE05A5">
+    <w:p w:rsidR="0099280F" w:rsidRDefault="000A5509" w:rsidP="00FE05A5">
       <w:pPr>
         <w:pStyle w:val="IJETHBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>second item</w:t>
       </w:r>
       <w:r w:rsidR="0099280F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D10C8CC" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00941339">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00941339">
       <w:pPr>
         <w:pStyle w:val="IJEThBulletedSubList"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941339">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>first item of bulleted sub-list</w:t>
       </w:r>
       <w:r w:rsidR="00767B97" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="000164E9" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F53CE8" w:rsidRPr="000A5509">
@@ -1588,96 +1567,96 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_H_Bulleted</w:t>
       </w:r>
       <w:r w:rsidR="00715C9B" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sub</w:t>
       </w:r>
       <w:r w:rsidR="00CA45C8" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F53CE8" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F439DD" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00941339">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="00941339">
       <w:pPr>
         <w:pStyle w:val="IJEThBulletedSubList"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941339">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>second item of bulleted sub-list</w:t>
       </w:r>
       <w:r w:rsidR="00FE05A5" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5CA196" w14:textId="77777777" w:rsidR="00715C9B" w:rsidRPr="000A5509" w:rsidRDefault="00715C9B" w:rsidP="00B56008">
+    <w:p w:rsidR="00715C9B" w:rsidRPr="000A5509" w:rsidRDefault="00715C9B" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FAFCA37" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="000A5509">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="000A5509">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA253C">
         <w:t xml:space="preserve">The following is a </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t>numbered</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA253C">
         <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidRPr="00767B97">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ED67D6" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="000A5509">
+    <w:p w:rsidR="000164E9" w:rsidRPr="000A5509" w:rsidRDefault="000A5509" w:rsidP="000A5509">
       <w:pPr>
         <w:pStyle w:val="IJETINumberedList"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>first item</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> of a </w:t>
       </w:r>
       <w:r w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>numbered</w:t>
       </w:r>
       <w:r>
@@ -1703,106 +1682,106 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00A632BE" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_I_Numbered</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A632BE" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> List</w:t>
       </w:r>
       <w:r w:rsidR="00A3045C" w:rsidRPr="000A5509">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB55DFF" w14:textId="77777777" w:rsidR="000164E9" w:rsidRDefault="000A5509" w:rsidP="00CA500F">
+    <w:p w:rsidR="000164E9" w:rsidRDefault="000A5509" w:rsidP="00CA500F">
       <w:pPr>
         <w:pStyle w:val="IJETINumberedList"/>
       </w:pPr>
       <w:r>
         <w:t>second item:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE3F6FF" w14:textId="77777777" w:rsidR="00767B97" w:rsidRPr="006A6ED1" w:rsidRDefault="00767B97" w:rsidP="006A6ED1">
+    <w:p w:rsidR="00767B97" w:rsidRPr="006A6ED1" w:rsidRDefault="00767B97" w:rsidP="006A6ED1">
       <w:pPr>
         <w:pStyle w:val="IJETiNumberedSubList"/>
       </w:pPr>
       <w:r w:rsidRPr="006A6ED1">
         <w:t>first item of numbered sub-list; [</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A27BED" w:rsidRPr="006A6ED1">
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00A632BE" w:rsidRPr="006A6ED1">
         <w:t>_i_NumberedSubList</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006A6ED1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03877C0B" w14:textId="77777777" w:rsidR="00767B97" w:rsidRPr="004474A9" w:rsidRDefault="00767B97" w:rsidP="004474A9">
+    <w:p w:rsidR="00767B97" w:rsidRPr="004474A9" w:rsidRDefault="00767B97" w:rsidP="004474A9">
       <w:pPr>
         <w:pStyle w:val="IJETiNumberedSubList"/>
       </w:pPr>
       <w:r w:rsidRPr="004474A9">
         <w:t>second item of numbered sub-list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAE5895" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="00EF4AB3" w:rsidRDefault="0065263C" w:rsidP="00A921A6">
+    <w:p w:rsidR="000164E9" w:rsidRPr="00EF4AB3" w:rsidRDefault="0065263C" w:rsidP="00A921A6">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00064EE8" w:rsidRPr="00EF4AB3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>igures and tables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E893ADF" w14:textId="77777777" w:rsidR="00064EE8" w:rsidRPr="00B85678" w:rsidRDefault="00064EE8" w:rsidP="00F330F0">
+    <w:p w:rsidR="00064EE8" w:rsidRPr="00B85678" w:rsidRDefault="00064EE8" w:rsidP="00F330F0">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064EE8">
         <w:t>Figures and tables inserted in</w:t>
       </w:r>
       <w:r w:rsidR="00811FCC" w:rsidRPr="00FD2670">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00064EE8">
         <w:t xml:space="preserve"> text</w:t>
       </w:r>
       <w:r w:rsidR="0019247A">
         <w:t xml:space="preserve"> must be </w:t>
       </w:r>
       <w:r w:rsidRPr="00064EE8">
         <w:t>centred</w:t>
       </w:r>
       <w:r w:rsidR="002E02F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E02F8" w:rsidRPr="002E02F8">
@@ -1831,346 +1810,283 @@
       <w:r>
         <w:t>progressively numbered</w:t>
       </w:r>
       <w:r w:rsidR="00811FCC" w:rsidRPr="00FD2670">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and have a caption. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B85678">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Figures and tables </w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="005A2989">
         <w:t>have separate number sequences</w:t>
       </w:r>
       <w:r w:rsidRPr="00B85678">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A468D5" w14:textId="77777777" w:rsidR="00872A70" w:rsidRPr="0065263C" w:rsidRDefault="002E02F8" w:rsidP="0065263C">
+    <w:p w:rsidR="00872A70" w:rsidRPr="0065263C" w:rsidRDefault="002E02F8" w:rsidP="0065263C">
       <w:pPr>
         <w:pStyle w:val="IJETFTitle2"/>
       </w:pPr>
       <w:r w:rsidRPr="0065263C">
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0065263C">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="001C61E9" w:rsidRPr="0065263C">
         <w:t>aptions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2B569BD5" w14:textId="77777777" w:rsidR="00F4765D" w:rsidRDefault="00F4765D" w:rsidP="00B56008">
+    <w:p w:rsidR="00F4765D" w:rsidRDefault="00F4765D" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4765D">
         <w:t xml:space="preserve">Captions should be </w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">positioned </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4765D">
         <w:t xml:space="preserve">below figures (Figure 1) </w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00FD2670">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00F4765D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007373F1">
         <w:t>above</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4765D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00F4765D">
         <w:t>table</w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00FC12D2">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003768F7" w:rsidRPr="00F4765D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4765D">
         <w:t>(Table 1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A4F5CC" w14:textId="77777777" w:rsidR="002D1CA9" w:rsidRPr="00F4765D" w:rsidRDefault="002D1CA9" w:rsidP="00B56008">
+    <w:p w:rsidR="002D1CA9" w:rsidRPr="00F4765D" w:rsidRDefault="002D1CA9" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37766E86" w14:textId="77777777" w:rsidR="0050502A" w:rsidRDefault="00560125" w:rsidP="0050502A">
+    <w:p w:rsidR="0050502A" w:rsidRDefault="00560125" w:rsidP="0050502A">
       <w:pPr>
         <w:pStyle w:val="IJETLPictureChart"/>
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050502A">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="660D0056" wp14:editId="1BD2CEC4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2700AEA9" wp14:editId="603943FD">
             <wp:extent cx="3219450" cy="2857500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Immagine 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3219450" cy="2857500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557AD53B" w14:textId="77777777" w:rsidR="000164E9" w:rsidRPr="00372717" w:rsidRDefault="002E02F8" w:rsidP="00C33BA4">
+    <w:p w:rsidR="000164E9" w:rsidRPr="00372717" w:rsidRDefault="002E02F8" w:rsidP="00C33BA4">
       <w:pPr>
         <w:pStyle w:val="IJETLCaptionparagraph"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidR="00052628" w:rsidRPr="009854EF">
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>. [IJET_L_Caption Label]</w:t>
+      </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
-          <w:rStyle w:val="IJETLCaptionLabel"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003768F7" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caption </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2989" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be </w:t>
+      </w:r>
+      <w:r w:rsidR="003768F7" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">positioned </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4765D" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>below the figure</w:t>
+      </w:r>
+      <w:r w:rsidR="003768F7" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4765D" w:rsidRPr="009854EF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Times New Roman 10</w:t>
+      </w:r>
       <w:r w:rsidRPr="009854EF">
         <w:rPr>
-          <w:rStyle w:val="IJETLCaptionLabel"/>
-[...47 lines deleted...]
-        <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000164E9" w:rsidRPr="009854EF">
+      <w:r w:rsidR="00422314" w:rsidRPr="00372717">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A27BED" w:rsidRPr="009854EF">
+      <w:r w:rsidR="00A27BED" w:rsidRPr="00372717">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET</w:t>
       </w:r>
-      <w:r w:rsidR="00DA7567" w:rsidRPr="009854EF">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00A632BE" w:rsidRPr="00372717">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>_L_Caption paragraph</w:t>
       </w:r>
       <w:r w:rsidR="00422314" w:rsidRPr="00372717">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C33BA4" w:rsidRPr="00372717">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64532E5E" w14:textId="77777777" w:rsidR="00FB5D3D" w:rsidRDefault="00A772DE" w:rsidP="00CC0255">
+    <w:p w:rsidR="00FB5D3D" w:rsidRDefault="00A772DE" w:rsidP="00CC0255">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Colour images are accepted for the online version of IJET, but authors must ensure that details remain </w:t>
       </w:r>
       <w:r w:rsidRPr="00927B65">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">legible </w:t>
       </w:r>
       <w:r>
         <w:t>when conversion to grey scale is performed for printing purposes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6626C89A" w14:textId="77777777" w:rsidR="005C24B7" w:rsidRDefault="00A772DE" w:rsidP="00CC0255">
+    <w:p w:rsidR="005C24B7" w:rsidRDefault="00A772DE" w:rsidP="00CC0255">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Once the article has been accepted for publication, authors are to submit any images as</w:t>
       </w:r>
       <w:r w:rsidRPr="008743A7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> separate .jpg or .tiff format files using </w:t>
       </w:r>
       <w:r w:rsidR="003200CE" w:rsidRPr="00F61F00">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>print resolution (</w:t>
       </w:r>
       <w:r w:rsidR="003200CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ideally </w:t>
       </w:r>
       <w:r w:rsidR="003200CE" w:rsidRPr="00F61F00">
@@ -2239,163 +2155,185 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE3B0E">
         <w:t>Where a</w:t>
       </w:r>
       <w:r w:rsidR="003200CE">
         <w:t xml:space="preserve"> low-resolution</w:t>
       </w:r>
       <w:r w:rsidR="00372717">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE3B0E">
         <w:t xml:space="preserve">image </w:t>
       </w:r>
       <w:r>
         <w:t>derives from an online</w:t>
       </w:r>
       <w:r w:rsidR="00372717">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>source, the URL of the source should also be provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78EAB0D5" w14:textId="77777777" w:rsidR="00AC54CE" w:rsidRPr="00AA3AC7" w:rsidRDefault="00AC54CE" w:rsidP="00C33DBB">
+    <w:p w:rsidR="00AC54CE" w:rsidRPr="00AA3AC7" w:rsidRDefault="00AC54CE" w:rsidP="00C33DBB">
       <w:pPr>
         <w:pStyle w:val="IJETLCaptionparagraph"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114070">
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tab</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="00114070">
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. [</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00114070">
+        <w:t xml:space="preserve"> 1. [IJET_L_Caption Label]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="IJETLCaptionLabel"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>IJET_L_Caption</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A2989">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Caption positioned below the table in Times New Roman 10, italics </w:t>
+        <w:t xml:space="preserve">Caption </w:t>
+      </w:r>
+      <w:r w:rsidR="00900163">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2989">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">positioned </w:t>
+      </w:r>
+      <w:r w:rsidR="00502C28">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2989">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the table in Times New Roman 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00502C28">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2989">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3AC7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3AC7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IJET_L_Caption</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3AC7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> paragraph].</w:t>
       </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8648" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3371"/>
         <w:gridCol w:w="1759"/>
         <w:gridCol w:w="1759"/>
         <w:gridCol w:w="1759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="07A6E598" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8EC301" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="006E201B" w:rsidRDefault="006E201B" w:rsidP="006E201B">
+          <w:p w:rsidR="006E201B" w:rsidRPr="006E201B" w:rsidRDefault="006E201B" w:rsidP="006E201B">
             <w:pPr>
               <w:pStyle w:val="IJETMTableheadings"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Header Row/Column </w:t>
             </w:r>
             <w:r w:rsidR="007B1B72">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00472DEC">
@@ -2414,996 +2352,996 @@
             </w:r>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>_M_Table</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> headings]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25DBDF4C" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
             <w:pPr>
               <w:pStyle w:val="IJETMTableheadings"/>
             </w:pPr>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Column </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="006E201B" w:rsidRPr="00196D5A">
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F122997" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
             <w:pPr>
               <w:pStyle w:val="IJETMTableheadings"/>
             </w:pPr>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Column </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="006E201B" w:rsidRPr="00196D5A">
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D294E4" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00196D5A" w:rsidRDefault="007B1B72" w:rsidP="006E201B">
             <w:pPr>
               <w:pStyle w:val="IJETMTableheadings"/>
             </w:pPr>
             <w:r w:rsidRPr="00472DEC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Column </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="006E201B" w:rsidRPr="00196D5A">
               <w:t xml:space="preserve"> 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="6E2D0891" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C2A7F3" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>entry 1</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EB1E3CD" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197D171A" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEBFBF0" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="7C431263" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AE8F8C" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53C5C4DA" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651DB49D" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA6C792" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="7DA997E1" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="342564D0" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19995B5A" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5252BB" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="103C8AE8" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="63BED6E8" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E349C61" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>entry 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73602900" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B11D744" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="067C25B2" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="67D70312" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B4779CB" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70182FB8" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AEB90EA" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A235093" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="5DB90722" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E9DCA6B" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>entry 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="466B2E88" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E4F212" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22276E23" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="7B56D6BA" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E539C10" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0896DD32" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EB0704D" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D10918" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="7DBCC90A" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D7884E5" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="238F319D" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476F2781" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4B670B" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="6C4EF684" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E797FBD" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26266049" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29489634" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60B71FE1" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="374C26D7" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5428DB" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>entry 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33B019A0" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05D3CE38" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="299AEB93" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w14:paraId="7367310C" w14:textId="77777777" w:rsidTr="007B1B72">
+      <w:tr w:rsidR="007B1B72" w:rsidRPr="00655E61" w:rsidTr="007B1B72">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7AE808" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29248A9F" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E6B838" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233640F8" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
+          <w:p w:rsidR="006E201B" w:rsidRPr="00655E61" w:rsidRDefault="006E201B" w:rsidP="00CB3655">
             <w:pPr>
               <w:pStyle w:val="IJETTablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00655E61">
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58D19A16" w14:textId="77777777" w:rsidR="006E201B" w:rsidRPr="00C33DBB" w:rsidRDefault="006E201B" w:rsidP="00A16D6B">
+    <w:p w:rsidR="006E201B" w:rsidRPr="00C33DBB" w:rsidRDefault="006E201B" w:rsidP="00A16D6B">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C111A3A" w14:textId="77777777" w:rsidR="003F37DE" w:rsidRPr="001A36E2" w:rsidRDefault="003F37DE" w:rsidP="000B2368">
+    <w:p w:rsidR="003F37DE" w:rsidRPr="001A36E2" w:rsidRDefault="003F37DE" w:rsidP="000B2368">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4B16">
         <w:t>NOTICE</w:t>
       </w:r>
       <w:r w:rsidR="001A36E2" w:rsidRPr="005E4B16">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001A36E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A36E2" w:rsidRPr="005E4B16">
         <w:t>The OJS system with which the IJET journal is managed does not accept files larger than 30MB.</w:t>
       </w:r>
       <w:r w:rsidR="001A36E2" w:rsidRPr="001A36E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A7AD6">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001A36E2">
@@ -3430,285 +3368,283 @@
       <w:r w:rsidR="00643084" w:rsidRPr="00643084">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
         </w:rPr>
         <w:t>he system does not provide a specific error message</w:t>
       </w:r>
       <w:r w:rsidR="007A7AD6">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001A36E2" w:rsidRPr="001A36E2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A7AD6">
         <w:t xml:space="preserve">In this event, if </w:t>
       </w:r>
       <w:r w:rsidR="001A36E2" w:rsidRPr="001A36E2">
         <w:t xml:space="preserve">there are images in the text, load the </w:t>
       </w:r>
       <w:r w:rsidR="007C3B3C">
         <w:t xml:space="preserve">text file and images separately, </w:t>
       </w:r>
       <w:r w:rsidR="007C3B3C" w:rsidRPr="007C3B3C">
         <w:t>even at the initial submission stage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372813EA" w14:textId="77777777" w:rsidR="000164E9" w:rsidRDefault="00B55D9B" w:rsidP="00A921A6">
+    <w:p w:rsidR="000164E9" w:rsidRDefault="00B55D9B" w:rsidP="00A921A6">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Footnotes</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1790C0C4" w14:textId="77777777" w:rsidR="00385D21" w:rsidRPr="00385D21" w:rsidRDefault="00114070" w:rsidP="00B56008">
+    <w:p w:rsidR="00385D21" w:rsidRPr="00385D21" w:rsidRDefault="00114070" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Footnotes are </w:t>
       </w:r>
       <w:r w:rsidR="00385D21">
         <w:t xml:space="preserve">permitted </w:t>
       </w:r>
       <w:r w:rsidR="00643084">
         <w:t xml:space="preserve">but should be short and kept to a minimum. They </w:t>
       </w:r>
       <w:r w:rsidR="00385D21" w:rsidRPr="00385D21">
         <w:t xml:space="preserve">should be </w:t>
       </w:r>
       <w:r w:rsidR="00567578" w:rsidRPr="00843642">
         <w:t xml:space="preserve">numbered </w:t>
       </w:r>
       <w:r w:rsidR="00385D21" w:rsidRPr="007268FE">
         <w:t>progressively</w:t>
       </w:r>
       <w:r w:rsidR="00567578" w:rsidRPr="00843642">
         <w:t xml:space="preserve"> throughout</w:t>
       </w:r>
       <w:r w:rsidR="00860C38" w:rsidRPr="00843642">
         <w:t xml:space="preserve"> the submission</w:t>
       </w:r>
       <w:r w:rsidR="003C0545" w:rsidRPr="00643084">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00385D21" w:rsidRPr="004B7614">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5E1FBA" w14:textId="77777777" w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
+    <w:p w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Author </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>contributions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="47F4003B" w14:textId="77777777" w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="00B56008">
+    <w:p w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00613B31">
         <w:t xml:space="preserve">For research articles with several authors, a short paragraph specifying their individual contributions </w:t>
       </w:r>
       <w:r w:rsidR="00F343D3">
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidRPr="00613B31">
         <w:t xml:space="preserve"> be provided</w:t>
       </w:r>
       <w:r w:rsidR="008215BF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9B338" w14:textId="77777777" w:rsidR="006326A1" w:rsidRDefault="003062CD" w:rsidP="006326A1">
+    <w:p w:rsidR="006326A1" w:rsidRDefault="003062CD" w:rsidP="006326A1">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
       </w:pPr>
       <w:r>
         <w:t>Funding</w:t>
       </w:r>
       <w:r w:rsidR="006326A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1D58BD" w14:textId="77777777" w:rsidR="003062CD" w:rsidRDefault="00592906" w:rsidP="00B56008">
+    <w:p w:rsidR="003062CD" w:rsidRDefault="00592906" w:rsidP="00B56008">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00592906">
         <w:t>Any financing can also be declared</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as follows: “</w:t>
       </w:r>
       <w:r w:rsidR="006326A1" w:rsidRPr="00613B31">
         <w:t>This research was funded by NAME OF FUNDER, grant number XXX”. Check that the details given are accurate and use the standard spelling of funding agency names at https://search.crossref.org/</w:t>
       </w:r>
       <w:r w:rsidR="006326A1">
         <w:t>funding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E22BFD" w14:textId="77777777" w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
+    <w:p w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00613B31">
         <w:t>Acknowledg</w:t>
       </w:r>
       <w:r w:rsidR="006F188F">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00613B31">
         <w:t>ments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="74BE873D" w14:textId="77777777" w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
+    <w:p w:rsidR="007B1B72" w:rsidRDefault="007B1B72" w:rsidP="007B1B72">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="007B1B72">
         <w:t>In this section, you can acknowledge any support given which is not covered by the author contribution or funding sections</w:t>
       </w:r>
       <w:r w:rsidR="005F758A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C571297" w14:textId="77777777" w:rsidR="00643084" w:rsidRDefault="00643084" w:rsidP="00643084">
+    <w:p w:rsidR="00643084" w:rsidRDefault="00643084" w:rsidP="00643084">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Appendixes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>additional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>content</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="43710631" w14:textId="77777777" w:rsidR="005F758A" w:rsidRDefault="005F758A" w:rsidP="005F758A">
+    <w:p w:rsidR="005F758A" w:rsidRDefault="005F758A" w:rsidP="005F758A">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F758A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appendices are not allowed. Any additional content may be published online, and the corresponding URL should be included in a footnote. It is the author's responsibility to ensure that the page remains accessible over time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62076FBF" w14:textId="77777777" w:rsidR="005F758A" w:rsidRPr="005F758A" w:rsidRDefault="005F758A" w:rsidP="005F758A">
+    <w:p w:rsidR="005F758A" w:rsidRPr="005F758A" w:rsidRDefault="005F758A" w:rsidP="005F758A">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F758A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Specific recommendation for systematic r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>eviews of the literature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5256EC72" w14:textId="77777777" w:rsidR="005F758A" w:rsidRPr="005F758A" w:rsidRDefault="00365B76" w:rsidP="005F758A">
+    <w:p w:rsidR="005F758A" w:rsidRPr="005F758A" w:rsidRDefault="00365B76" w:rsidP="005F758A">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00365B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Systematic literature reviews should clearly identify the dataset of references analyzed. The dataset can be presented either in a table within the paper or by making the relevant references identifiable in the reference section, for example by prefixing them with an asterisk</w:t>
       </w:r>
       <w:r w:rsidR="005F758A" w:rsidRPr="005F758A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB9A721" w14:textId="4534BB4F" w:rsidR="000164E9" w:rsidRPr="005F758A" w:rsidRDefault="00B55D9B" w:rsidP="00A921A6">
+    <w:p w:rsidR="000164E9" w:rsidRPr="005F758A" w:rsidRDefault="00B55D9B" w:rsidP="00A921A6">
       <w:pPr>
         <w:pStyle w:val="IJETETitle1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F758A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
       <w:r w:rsidR="0088516F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in-text citations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4D9566" w14:textId="5A75C861" w:rsidR="00A169D5" w:rsidRDefault="00FD2670" w:rsidP="00A169D5">
+    <w:p w:rsidR="00A169D5" w:rsidRDefault="00FD2670" w:rsidP="00A169D5">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB4C76">
         <w:t xml:space="preserve">References </w:t>
       </w:r>
       <w:r w:rsidR="00BB4C76" w:rsidRPr="00BB4C76">
         <w:t xml:space="preserve">should be in Times New Roman 10, </w:t>
       </w:r>
       <w:r w:rsidR="00E36F11">
         <w:t xml:space="preserve">paragraph </w:t>
       </w:r>
       <w:r w:rsidR="00BB4C76" w:rsidRPr="00BB4C76">
         <w:t>justified</w:t>
       </w:r>
       <w:r w:rsidR="00687416">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0020331A">
         <w:t xml:space="preserve">first line </w:t>
       </w:r>
       <w:r w:rsidR="007E362F">
         <w:t>hanging 0,6</w:t>
       </w:r>
       <w:r w:rsidR="00A169D5">
@@ -3716,107 +3652,107 @@
       </w:r>
       <w:r w:rsidR="00A169D5" w:rsidRPr="00BB4C76">
         <w:t>example provided</w:t>
       </w:r>
       <w:r w:rsidR="00A169D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A169D5" w:rsidRPr="00472DEC">
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A169D5">
         <w:t>IJET</w:t>
       </w:r>
       <w:r w:rsidR="00A169D5" w:rsidRPr="00472DEC">
         <w:t>_O_References</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A169D5" w:rsidRPr="00472DEC">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00A169D5">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57693FFF" w14:textId="77777777" w:rsidR="00A169D5" w:rsidRDefault="00A169D5" w:rsidP="00A169D5">
+    <w:p w:rsidR="00A169D5" w:rsidRDefault="00A169D5" w:rsidP="00A169D5">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BC90096" w14:textId="77777777" w:rsidR="00A169D5" w:rsidRPr="00A169D5" w:rsidRDefault="00A169D5" w:rsidP="00A169D5">
+    <w:p w:rsidR="00A169D5" w:rsidRPr="00A169D5" w:rsidRDefault="00A169D5" w:rsidP="00A169D5">
       <w:pPr>
         <w:pStyle w:val="IJETOReferences"/>
         <w:rPr>
           <w:rStyle w:val="IJETRUrldoiemail"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A169D5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Trentin, G. (2009). Using a wiki to evaluate individual contribution to a collaborative learning project</w:t>
       </w:r>
       <w:r w:rsidRPr="00A169D5">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Journal of Computer Assisted Learning</w:t>
       </w:r>
       <w:r w:rsidRPr="00A169D5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A169D5">
         <w:rPr>
           <w:rStyle w:val="IJETPItalic"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00A169D5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-55. </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00F061FA">
           <w:rPr>
             <w:rStyle w:val="IJETRUrldoiemail"/>
           </w:rPr>
           <w:t>https://doi.org/10.1111/j.1365-2729.2008.00276.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15A388CB" w14:textId="5517E737" w:rsidR="0088516F" w:rsidRDefault="0088516F" w:rsidP="0088516F">
+    <w:p w:rsidR="0088516F" w:rsidRDefault="0088516F" w:rsidP="0088516F">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">Each </w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t>referenc</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">provided must </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">be quoted </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">at least once </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
@@ -3840,170 +3776,159 @@
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve">uld correspond to </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t>a single</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve"> reference item. In</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t>text citations and references should be formatted according to the APA</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve"> style. </w:t>
       </w:r>
       <w:r>
-        <w:t>The use of a reference manager is highly recommended</w:t>
-[...2 lines deleted...]
-        <w:t>. I</w:t>
+        <w:t>The use of a reference manager is highly recommended. I</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve">n case of manual formatting, </w:t>
       </w:r>
       <w:r>
         <w:t>authors should</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve"> stick to the APA</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6759">
         <w:t xml:space="preserve"> guidelines or tutorials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC38653" w14:textId="77777777" w:rsidR="0088516F" w:rsidRDefault="0088516F" w:rsidP="0088516F">
+    <w:p w:rsidR="0088516F" w:rsidRDefault="0088516F" w:rsidP="0088516F">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When a website is </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2670">
         <w:t xml:space="preserve">to be </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mentioned (such as project websites, institutional websites or web applications), the URL should be provided in a footnote. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AB7EF2" w14:textId="77777777" w:rsidR="0088516F" w:rsidRPr="00BB4C76" w:rsidRDefault="0088516F" w:rsidP="00D23573">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="0088516F" w:rsidRPr="00BB4C76" w:rsidRDefault="0088516F" w:rsidP="00D23573">
       <w:pPr>
         <w:pStyle w:val="IJETNNormal"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00F061FA" w:rsidRPr="00A169D5" w:rsidSect="00550C44">
+    <w:sectPr w:rsidR="0088516F" w:rsidRPr="00BB4C76" w:rsidSect="00550C44">
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="1083" w:footer="1066" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="375DC954" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4">
       <w:r>
         <w:t>notes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2401701D" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="57C822CC" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B7C9A40" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763684CE" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3CCB58C5" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="448361C0" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F49DBFC" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F895F90" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4052F07F" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4058,239 +3983,239 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1D055EDB" w14:textId="77777777" w:rsidR="00F07882" w:rsidRPr="00906369" w:rsidRDefault="007C4781">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00F07882" w:rsidRPr="00906369" w:rsidRDefault="007C4781">
     <w:pPr>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00906369">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F07882" w:rsidRPr="00906369">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00906369">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F07882">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00906369">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7214B047" w14:textId="77777777" w:rsidR="009A36CB" w:rsidRDefault="009A36CB"/>
-[...4 lines deleted...]
-  <w:p w14:paraId="7D2D33C9" w14:textId="77777777" w:rsidR="00E05C64" w:rsidRDefault="00E05C64"/>
+  <w:p w:rsidR="009A36CB" w:rsidRDefault="009A36CB"/>
+  <w:p w:rsidR="006A009B" w:rsidRDefault="006A009B"/>
+  <w:p w:rsidR="00C9752E" w:rsidRDefault="00C9752E"/>
+  <w:p w:rsidR="00E05C64" w:rsidRDefault="00E05C64"/>
+  <w:p w:rsidR="00E05C64" w:rsidRDefault="00E05C64"/>
+  <w:p w:rsidR="00E05C64" w:rsidRDefault="00E05C64"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0668A04C" w14:textId="77777777" w:rsidR="001634FD" w:rsidRPr="00691D14" w:rsidRDefault="001634FD" w:rsidP="00691D14">
+    <w:p w:rsidR="00E86BB4" w:rsidRPr="00691D14" w:rsidRDefault="00E86BB4" w:rsidP="00691D14">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D0CF254" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD" w:rsidP="00C6635D">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4" w:rsidP="00C6635D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>––––––––––––––</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B94FDD" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4FEBE855" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4144B582" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD" w:rsidP="00C6635D">
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4" w:rsidP="00C6635D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>––––––––––––––</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F41AA4" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="066E7B17" w14:textId="77777777" w:rsidR="001634FD" w:rsidRDefault="001634FD"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
+    <w:p w:rsidR="00E86BB4" w:rsidRDefault="00E86BB4"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="731E90F4" w14:textId="77777777" w:rsidR="00285B8D" w:rsidRPr="00A55586" w:rsidRDefault="00285B8D" w:rsidP="004B7614">
+    <w:p w:rsidR="00285B8D" w:rsidRPr="00A55586" w:rsidRDefault="00285B8D" w:rsidP="004B7614">
       <w:pPr>
         <w:pStyle w:val="IJETNFootnote"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00643084">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A55586">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Text inserted within square brackets is the name of the style to be used (stylesheet downloadable at </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00C46965" w:rsidRPr="00C46965">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>About the Journal | Italian Journal of Educational Technology (cnr.it)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="76ABCF4F" w14:textId="77777777" w:rsidR="00643084" w:rsidRPr="00643084" w:rsidRDefault="00643084" w:rsidP="00643084">
+    <w:p w:rsidR="00643084" w:rsidRPr="00643084" w:rsidRDefault="00643084" w:rsidP="00643084">
       <w:pPr>
         <w:pStyle w:val="IJETNFootnote"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00643084">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7614">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>non-Italian</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7614">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> authors: Italian translation of the title, abstract and keywords is optional at the first submission. The editorial team will support non-Italian authors in providing the Italian translation of title, abstract and keywords.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="383CEE7B" w14:textId="77777777" w:rsidR="003C0545" w:rsidRPr="003C0545" w:rsidRDefault="003C0545">
+    <w:p w:rsidR="003C0545" w:rsidRPr="003C0545" w:rsidRDefault="003C0545">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
       </w:pPr>
       <w:r w:rsidRPr="00643084">
         <w:rPr>
           <w:rStyle w:val="IJETNFootnoteCarattere"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003955D4">
         <w:rPr>
           <w:rStyle w:val="IJETNFootnoteCarattere"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00843642">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC12D2">
         <w:t>hen insertin</w:t>
       </w:r>
       <w:r w:rsidRPr="00843642">
         <w:t xml:space="preserve">g </w:t>
       </w:r>
@@ -4359,51 +4284,51 @@
       </w:r>
       <w:r w:rsidRPr="007268FE">
         <w:t>. Websites URLs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should be </w:t>
       </w:r>
       <w:r w:rsidRPr="00843642">
         <w:t xml:space="preserve">included as </w:t>
       </w:r>
       <w:r>
         <w:t>footnotes and not directly in the text</w:t>
       </w:r>
       <w:r w:rsidRPr="005A2989">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the references.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BB28627E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="28DE1ACA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -5481,253 +5406,252 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1594973074">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="533998804">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="148835985">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="425616091">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1189179024">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2146242168">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2132552889">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1064134630">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1524898847">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="915286621">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="720515020">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="32198262">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1675111248">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="149909489">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="217085688">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="536546622">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="398135430">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1143817124">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1368489765">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1687555975">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1497838144">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="899830588">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1984499354">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="734620497">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="71051527">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1406301461">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0088516F"/>
+    <w:rsidRoot w:val="00900163"/>
     <w:rsid w:val="00003DF9"/>
     <w:rsid w:val="00007874"/>
     <w:rsid w:val="00010B42"/>
     <w:rsid w:val="00013170"/>
     <w:rsid w:val="00016073"/>
     <w:rsid w:val="000164E9"/>
     <w:rsid w:val="00020EC8"/>
     <w:rsid w:val="0003016F"/>
     <w:rsid w:val="00042F3C"/>
     <w:rsid w:val="00046934"/>
     <w:rsid w:val="00052628"/>
     <w:rsid w:val="00052E85"/>
     <w:rsid w:val="00057629"/>
     <w:rsid w:val="0006297C"/>
     <w:rsid w:val="00064CCA"/>
     <w:rsid w:val="00064EE8"/>
     <w:rsid w:val="00075B83"/>
     <w:rsid w:val="00080EE0"/>
     <w:rsid w:val="00081C17"/>
     <w:rsid w:val="0008288D"/>
     <w:rsid w:val="0008755F"/>
     <w:rsid w:val="00094331"/>
     <w:rsid w:val="00097B89"/>
     <w:rsid w:val="00097FAD"/>
     <w:rsid w:val="000A3597"/>
@@ -5801,50 +5725,51 @@
     <w:rsid w:val="00246688"/>
     <w:rsid w:val="00247C7E"/>
     <w:rsid w:val="00262D29"/>
     <w:rsid w:val="00266C6E"/>
     <w:rsid w:val="00271E56"/>
     <w:rsid w:val="00274424"/>
     <w:rsid w:val="0027561A"/>
     <w:rsid w:val="00285B8D"/>
     <w:rsid w:val="0029038F"/>
     <w:rsid w:val="00291739"/>
     <w:rsid w:val="00292B3C"/>
     <w:rsid w:val="00292CD4"/>
     <w:rsid w:val="00295626"/>
     <w:rsid w:val="002A02C8"/>
     <w:rsid w:val="002A3EEE"/>
     <w:rsid w:val="002A5853"/>
     <w:rsid w:val="002A7F4C"/>
     <w:rsid w:val="002B1C1F"/>
     <w:rsid w:val="002D1650"/>
     <w:rsid w:val="002D1CA9"/>
     <w:rsid w:val="002D69D6"/>
     <w:rsid w:val="002D6E97"/>
     <w:rsid w:val="002E02F8"/>
     <w:rsid w:val="002E189B"/>
     <w:rsid w:val="002E5546"/>
+    <w:rsid w:val="002F16C1"/>
     <w:rsid w:val="003036EB"/>
     <w:rsid w:val="00305D1F"/>
     <w:rsid w:val="003062CD"/>
     <w:rsid w:val="0031245D"/>
     <w:rsid w:val="00315DAA"/>
     <w:rsid w:val="003200CE"/>
     <w:rsid w:val="003269FD"/>
     <w:rsid w:val="00341D65"/>
     <w:rsid w:val="00345251"/>
     <w:rsid w:val="00346587"/>
     <w:rsid w:val="00355830"/>
     <w:rsid w:val="003575B2"/>
     <w:rsid w:val="00357662"/>
     <w:rsid w:val="0036231F"/>
     <w:rsid w:val="003652E0"/>
     <w:rsid w:val="003658F5"/>
     <w:rsid w:val="00365B76"/>
     <w:rsid w:val="00371C37"/>
     <w:rsid w:val="00372717"/>
     <w:rsid w:val="00374DE7"/>
     <w:rsid w:val="003768F7"/>
     <w:rsid w:val="00385D21"/>
     <w:rsid w:val="0038655C"/>
     <w:rsid w:val="003939BC"/>
     <w:rsid w:val="003941EF"/>
@@ -5852,96 +5777,101 @@
     <w:rsid w:val="003956C2"/>
     <w:rsid w:val="003A1EAF"/>
     <w:rsid w:val="003A2DE6"/>
     <w:rsid w:val="003A30B5"/>
     <w:rsid w:val="003A3941"/>
     <w:rsid w:val="003A491D"/>
     <w:rsid w:val="003A724E"/>
     <w:rsid w:val="003B2C04"/>
     <w:rsid w:val="003B336C"/>
     <w:rsid w:val="003B3FED"/>
     <w:rsid w:val="003B6DC1"/>
     <w:rsid w:val="003B7EA4"/>
     <w:rsid w:val="003C0545"/>
     <w:rsid w:val="003C64A8"/>
     <w:rsid w:val="003C6C28"/>
     <w:rsid w:val="003F1865"/>
     <w:rsid w:val="003F29CF"/>
     <w:rsid w:val="003F3751"/>
     <w:rsid w:val="003F37DE"/>
     <w:rsid w:val="003F37ED"/>
     <w:rsid w:val="003F6BE9"/>
     <w:rsid w:val="00401E6E"/>
     <w:rsid w:val="00410171"/>
     <w:rsid w:val="00416486"/>
     <w:rsid w:val="00422314"/>
+    <w:rsid w:val="004258D1"/>
     <w:rsid w:val="00425A8E"/>
     <w:rsid w:val="00425F9D"/>
     <w:rsid w:val="00432FF5"/>
     <w:rsid w:val="0043748F"/>
     <w:rsid w:val="00440F97"/>
     <w:rsid w:val="00442230"/>
     <w:rsid w:val="00444B35"/>
+    <w:rsid w:val="004450B0"/>
     <w:rsid w:val="00447424"/>
     <w:rsid w:val="004474A9"/>
     <w:rsid w:val="004524C5"/>
     <w:rsid w:val="00452517"/>
     <w:rsid w:val="004536F1"/>
     <w:rsid w:val="00453D7B"/>
     <w:rsid w:val="00461BB9"/>
     <w:rsid w:val="00465882"/>
     <w:rsid w:val="00466B8F"/>
     <w:rsid w:val="00470242"/>
     <w:rsid w:val="0047246B"/>
     <w:rsid w:val="00472DEC"/>
     <w:rsid w:val="00483C90"/>
     <w:rsid w:val="004846CF"/>
     <w:rsid w:val="004852F2"/>
     <w:rsid w:val="0049301B"/>
     <w:rsid w:val="004A64F7"/>
     <w:rsid w:val="004B050A"/>
     <w:rsid w:val="004B2F98"/>
     <w:rsid w:val="004B3E56"/>
     <w:rsid w:val="004B7614"/>
     <w:rsid w:val="004C3AFC"/>
     <w:rsid w:val="004C50B4"/>
     <w:rsid w:val="004C53AD"/>
     <w:rsid w:val="004D014E"/>
     <w:rsid w:val="004D131D"/>
     <w:rsid w:val="004D6917"/>
     <w:rsid w:val="004E221C"/>
     <w:rsid w:val="004E26B0"/>
     <w:rsid w:val="004E375E"/>
     <w:rsid w:val="004E3B5F"/>
     <w:rsid w:val="004F2614"/>
     <w:rsid w:val="004F3564"/>
     <w:rsid w:val="004F38B6"/>
+    <w:rsid w:val="004F3B2A"/>
     <w:rsid w:val="004F7D4A"/>
+    <w:rsid w:val="00502C28"/>
     <w:rsid w:val="0050502A"/>
     <w:rsid w:val="00525453"/>
     <w:rsid w:val="005256D1"/>
     <w:rsid w:val="0052684D"/>
+    <w:rsid w:val="00532159"/>
     <w:rsid w:val="0053278E"/>
     <w:rsid w:val="0053279B"/>
     <w:rsid w:val="00532FE2"/>
     <w:rsid w:val="00533844"/>
     <w:rsid w:val="0053757E"/>
     <w:rsid w:val="00543BD1"/>
     <w:rsid w:val="00550C44"/>
     <w:rsid w:val="00551D9D"/>
     <w:rsid w:val="0055241B"/>
     <w:rsid w:val="00555F12"/>
     <w:rsid w:val="00560000"/>
     <w:rsid w:val="00560125"/>
     <w:rsid w:val="00567279"/>
     <w:rsid w:val="00567578"/>
     <w:rsid w:val="00567740"/>
     <w:rsid w:val="005766A8"/>
     <w:rsid w:val="00582D57"/>
     <w:rsid w:val="00586E7A"/>
     <w:rsid w:val="00591B9B"/>
     <w:rsid w:val="00592906"/>
     <w:rsid w:val="005946B7"/>
     <w:rsid w:val="005A081D"/>
     <w:rsid w:val="005A2989"/>
     <w:rsid w:val="005B6B2D"/>
     <w:rsid w:val="005C24B7"/>
@@ -6011,50 +5941,51 @@
     <w:rsid w:val="007268FE"/>
     <w:rsid w:val="00727489"/>
     <w:rsid w:val="007373F1"/>
     <w:rsid w:val="00742E30"/>
     <w:rsid w:val="00762896"/>
     <w:rsid w:val="00767B97"/>
     <w:rsid w:val="00772381"/>
     <w:rsid w:val="00780549"/>
     <w:rsid w:val="00781D1C"/>
     <w:rsid w:val="00781DF7"/>
     <w:rsid w:val="007832BF"/>
     <w:rsid w:val="007851B5"/>
     <w:rsid w:val="00791CF6"/>
     <w:rsid w:val="00793343"/>
     <w:rsid w:val="00796F54"/>
     <w:rsid w:val="007A6B31"/>
     <w:rsid w:val="007A7AD6"/>
     <w:rsid w:val="007B1B72"/>
     <w:rsid w:val="007B4D40"/>
     <w:rsid w:val="007B68F0"/>
     <w:rsid w:val="007C3B3C"/>
     <w:rsid w:val="007C4781"/>
     <w:rsid w:val="007C47BA"/>
     <w:rsid w:val="007D64BE"/>
     <w:rsid w:val="007D777F"/>
+    <w:rsid w:val="007E3517"/>
     <w:rsid w:val="007E362F"/>
     <w:rsid w:val="007F0FF1"/>
     <w:rsid w:val="007F3164"/>
     <w:rsid w:val="007F4790"/>
     <w:rsid w:val="007F5B24"/>
     <w:rsid w:val="00801913"/>
     <w:rsid w:val="0080238E"/>
     <w:rsid w:val="008028C2"/>
     <w:rsid w:val="00811FCC"/>
     <w:rsid w:val="00813B64"/>
     <w:rsid w:val="008215BF"/>
     <w:rsid w:val="0082495C"/>
     <w:rsid w:val="0083046E"/>
     <w:rsid w:val="00830897"/>
     <w:rsid w:val="00841695"/>
     <w:rsid w:val="00843642"/>
     <w:rsid w:val="00844E8F"/>
     <w:rsid w:val="0085072F"/>
     <w:rsid w:val="00851CE0"/>
     <w:rsid w:val="00857722"/>
     <w:rsid w:val="00857F6A"/>
     <w:rsid w:val="00860C38"/>
     <w:rsid w:val="00863397"/>
     <w:rsid w:val="008635B7"/>
     <w:rsid w:val="00864221"/>
@@ -6063,140 +5994,144 @@
     <w:rsid w:val="008723AC"/>
     <w:rsid w:val="00872A70"/>
     <w:rsid w:val="008743A7"/>
     <w:rsid w:val="008748C6"/>
     <w:rsid w:val="00874DC7"/>
     <w:rsid w:val="00875DCE"/>
     <w:rsid w:val="0088246B"/>
     <w:rsid w:val="0088516F"/>
     <w:rsid w:val="008863DC"/>
     <w:rsid w:val="00893E78"/>
     <w:rsid w:val="00895DEA"/>
     <w:rsid w:val="008A1C5E"/>
     <w:rsid w:val="008A24CE"/>
     <w:rsid w:val="008A4953"/>
     <w:rsid w:val="008B314C"/>
     <w:rsid w:val="008B6B49"/>
     <w:rsid w:val="008B71C1"/>
     <w:rsid w:val="008B7315"/>
     <w:rsid w:val="008D6100"/>
     <w:rsid w:val="008E53EE"/>
     <w:rsid w:val="008E69F0"/>
     <w:rsid w:val="008F245D"/>
     <w:rsid w:val="008F259C"/>
     <w:rsid w:val="008F617F"/>
     <w:rsid w:val="008F69BB"/>
+    <w:rsid w:val="00900163"/>
     <w:rsid w:val="0090041F"/>
     <w:rsid w:val="00900459"/>
     <w:rsid w:val="00900987"/>
     <w:rsid w:val="00902CDD"/>
     <w:rsid w:val="00906F01"/>
     <w:rsid w:val="009135AA"/>
     <w:rsid w:val="009209A2"/>
     <w:rsid w:val="00924A7C"/>
     <w:rsid w:val="00925CA7"/>
     <w:rsid w:val="00926A9D"/>
     <w:rsid w:val="00926F68"/>
     <w:rsid w:val="009277A4"/>
     <w:rsid w:val="00927B65"/>
     <w:rsid w:val="0093156F"/>
     <w:rsid w:val="00935595"/>
     <w:rsid w:val="00941339"/>
     <w:rsid w:val="00944058"/>
     <w:rsid w:val="0095296A"/>
     <w:rsid w:val="009558EC"/>
     <w:rsid w:val="00956FCD"/>
     <w:rsid w:val="0096064F"/>
     <w:rsid w:val="0096228B"/>
     <w:rsid w:val="00967386"/>
     <w:rsid w:val="009706A9"/>
     <w:rsid w:val="0097341D"/>
     <w:rsid w:val="0097529A"/>
     <w:rsid w:val="00975359"/>
     <w:rsid w:val="00975D1E"/>
     <w:rsid w:val="00976484"/>
     <w:rsid w:val="009765D6"/>
     <w:rsid w:val="00981DE0"/>
     <w:rsid w:val="00982B26"/>
     <w:rsid w:val="009845F8"/>
     <w:rsid w:val="00984F73"/>
     <w:rsid w:val="009854EF"/>
     <w:rsid w:val="009906D8"/>
     <w:rsid w:val="0099280F"/>
     <w:rsid w:val="009A195E"/>
     <w:rsid w:val="009A2AB8"/>
     <w:rsid w:val="009A36CB"/>
     <w:rsid w:val="009A4057"/>
+    <w:rsid w:val="009A6195"/>
     <w:rsid w:val="009A6763"/>
     <w:rsid w:val="009B381E"/>
     <w:rsid w:val="009B644D"/>
     <w:rsid w:val="009C6A03"/>
     <w:rsid w:val="009D1808"/>
     <w:rsid w:val="009D39B3"/>
     <w:rsid w:val="009E00FC"/>
     <w:rsid w:val="009E79D7"/>
     <w:rsid w:val="009F23CF"/>
     <w:rsid w:val="009F67A8"/>
     <w:rsid w:val="009F7546"/>
     <w:rsid w:val="00A068A6"/>
     <w:rsid w:val="00A169D5"/>
     <w:rsid w:val="00A16D6B"/>
     <w:rsid w:val="00A17651"/>
     <w:rsid w:val="00A26F93"/>
     <w:rsid w:val="00A27BED"/>
     <w:rsid w:val="00A3045C"/>
     <w:rsid w:val="00A32152"/>
     <w:rsid w:val="00A44F38"/>
     <w:rsid w:val="00A47D39"/>
     <w:rsid w:val="00A50490"/>
     <w:rsid w:val="00A51B21"/>
     <w:rsid w:val="00A52BBC"/>
     <w:rsid w:val="00A55586"/>
     <w:rsid w:val="00A5669D"/>
     <w:rsid w:val="00A5797C"/>
     <w:rsid w:val="00A632BE"/>
     <w:rsid w:val="00A64286"/>
     <w:rsid w:val="00A65207"/>
     <w:rsid w:val="00A70A28"/>
+    <w:rsid w:val="00A714EE"/>
     <w:rsid w:val="00A75117"/>
     <w:rsid w:val="00A7643C"/>
     <w:rsid w:val="00A7685A"/>
     <w:rsid w:val="00A772DE"/>
     <w:rsid w:val="00A8034D"/>
     <w:rsid w:val="00A82688"/>
     <w:rsid w:val="00A827FD"/>
     <w:rsid w:val="00A85D79"/>
     <w:rsid w:val="00A921A6"/>
     <w:rsid w:val="00A94644"/>
     <w:rsid w:val="00AA08D8"/>
     <w:rsid w:val="00AA0D0B"/>
     <w:rsid w:val="00AA36FD"/>
     <w:rsid w:val="00AA3AC7"/>
     <w:rsid w:val="00AA6595"/>
     <w:rsid w:val="00AB2588"/>
     <w:rsid w:val="00AB292A"/>
     <w:rsid w:val="00AB5B8F"/>
+    <w:rsid w:val="00AB6A92"/>
     <w:rsid w:val="00AC2D49"/>
     <w:rsid w:val="00AC3F9A"/>
     <w:rsid w:val="00AC54CE"/>
     <w:rsid w:val="00AC55D8"/>
     <w:rsid w:val="00AC79D7"/>
     <w:rsid w:val="00AC7EBD"/>
     <w:rsid w:val="00AD0839"/>
     <w:rsid w:val="00AD0E6A"/>
     <w:rsid w:val="00AD275E"/>
     <w:rsid w:val="00AD27D5"/>
     <w:rsid w:val="00AD7E71"/>
     <w:rsid w:val="00AE29E6"/>
     <w:rsid w:val="00AE4E0D"/>
     <w:rsid w:val="00AF01C2"/>
     <w:rsid w:val="00AF0AC3"/>
     <w:rsid w:val="00AF118F"/>
     <w:rsid w:val="00AF553F"/>
     <w:rsid w:val="00B010AA"/>
     <w:rsid w:val="00B1096B"/>
     <w:rsid w:val="00B1185A"/>
     <w:rsid w:val="00B14072"/>
     <w:rsid w:val="00B14707"/>
     <w:rsid w:val="00B147DB"/>
     <w:rsid w:val="00B14B13"/>
     <w:rsid w:val="00B23F65"/>
@@ -6236,152 +6171,159 @@
     <w:rsid w:val="00BE6B4B"/>
     <w:rsid w:val="00BE7E7C"/>
     <w:rsid w:val="00BF0CD0"/>
     <w:rsid w:val="00BF1E5A"/>
     <w:rsid w:val="00BF2B47"/>
     <w:rsid w:val="00C1048B"/>
     <w:rsid w:val="00C10714"/>
     <w:rsid w:val="00C10BA0"/>
     <w:rsid w:val="00C125B0"/>
     <w:rsid w:val="00C12997"/>
     <w:rsid w:val="00C133FC"/>
     <w:rsid w:val="00C158E5"/>
     <w:rsid w:val="00C22B2C"/>
     <w:rsid w:val="00C25553"/>
     <w:rsid w:val="00C300D6"/>
     <w:rsid w:val="00C329D2"/>
     <w:rsid w:val="00C33BA4"/>
     <w:rsid w:val="00C33DBB"/>
     <w:rsid w:val="00C35F2E"/>
     <w:rsid w:val="00C428FB"/>
     <w:rsid w:val="00C43CBD"/>
     <w:rsid w:val="00C45C82"/>
     <w:rsid w:val="00C466A6"/>
     <w:rsid w:val="00C46965"/>
     <w:rsid w:val="00C52AE4"/>
+    <w:rsid w:val="00C53373"/>
     <w:rsid w:val="00C53958"/>
     <w:rsid w:val="00C53B8E"/>
     <w:rsid w:val="00C6635D"/>
     <w:rsid w:val="00C66B11"/>
     <w:rsid w:val="00C74A8F"/>
     <w:rsid w:val="00C76139"/>
     <w:rsid w:val="00C9151F"/>
     <w:rsid w:val="00C9227B"/>
     <w:rsid w:val="00C96BB4"/>
     <w:rsid w:val="00C9752E"/>
     <w:rsid w:val="00CA45C8"/>
     <w:rsid w:val="00CA500F"/>
     <w:rsid w:val="00CB12D8"/>
     <w:rsid w:val="00CB691E"/>
     <w:rsid w:val="00CC0255"/>
     <w:rsid w:val="00CC618C"/>
     <w:rsid w:val="00CD4BBC"/>
     <w:rsid w:val="00CD748D"/>
     <w:rsid w:val="00CF126A"/>
     <w:rsid w:val="00CF4E96"/>
     <w:rsid w:val="00CF620C"/>
     <w:rsid w:val="00CF6C7C"/>
     <w:rsid w:val="00D02669"/>
     <w:rsid w:val="00D03176"/>
     <w:rsid w:val="00D12A29"/>
     <w:rsid w:val="00D12B55"/>
     <w:rsid w:val="00D13AD0"/>
     <w:rsid w:val="00D23573"/>
+    <w:rsid w:val="00D27E90"/>
     <w:rsid w:val="00D420F8"/>
     <w:rsid w:val="00D4708E"/>
     <w:rsid w:val="00D56CED"/>
     <w:rsid w:val="00D622F1"/>
     <w:rsid w:val="00D709BE"/>
     <w:rsid w:val="00D70B47"/>
     <w:rsid w:val="00D72C08"/>
     <w:rsid w:val="00D72D4E"/>
     <w:rsid w:val="00D74DD9"/>
     <w:rsid w:val="00D765C4"/>
     <w:rsid w:val="00D860B8"/>
     <w:rsid w:val="00D864EB"/>
     <w:rsid w:val="00D93002"/>
     <w:rsid w:val="00D94064"/>
     <w:rsid w:val="00D942DC"/>
+    <w:rsid w:val="00DA4BA6"/>
     <w:rsid w:val="00DA61E1"/>
     <w:rsid w:val="00DA7567"/>
     <w:rsid w:val="00DB6E6B"/>
     <w:rsid w:val="00DD12CF"/>
     <w:rsid w:val="00DD4149"/>
     <w:rsid w:val="00DD4F39"/>
     <w:rsid w:val="00DE3B0E"/>
     <w:rsid w:val="00DE482B"/>
     <w:rsid w:val="00DE5C2E"/>
     <w:rsid w:val="00DE5CBC"/>
     <w:rsid w:val="00DF48BF"/>
     <w:rsid w:val="00DF6C0E"/>
     <w:rsid w:val="00E0159C"/>
     <w:rsid w:val="00E01906"/>
     <w:rsid w:val="00E03497"/>
     <w:rsid w:val="00E05C64"/>
     <w:rsid w:val="00E06C34"/>
     <w:rsid w:val="00E10E8B"/>
     <w:rsid w:val="00E1213B"/>
     <w:rsid w:val="00E1625C"/>
     <w:rsid w:val="00E1662A"/>
+    <w:rsid w:val="00E167BE"/>
     <w:rsid w:val="00E25D06"/>
     <w:rsid w:val="00E26269"/>
     <w:rsid w:val="00E30372"/>
     <w:rsid w:val="00E36F11"/>
     <w:rsid w:val="00E37F4C"/>
     <w:rsid w:val="00E463C8"/>
     <w:rsid w:val="00E53A5B"/>
     <w:rsid w:val="00E54F14"/>
     <w:rsid w:val="00E648FA"/>
     <w:rsid w:val="00E704C6"/>
     <w:rsid w:val="00E70BF9"/>
     <w:rsid w:val="00E721CC"/>
     <w:rsid w:val="00E72585"/>
     <w:rsid w:val="00E82BA1"/>
+    <w:rsid w:val="00E86BB4"/>
     <w:rsid w:val="00E906CA"/>
     <w:rsid w:val="00EA078C"/>
     <w:rsid w:val="00EA2DA4"/>
     <w:rsid w:val="00EB05AD"/>
     <w:rsid w:val="00EB6731"/>
     <w:rsid w:val="00EB68AB"/>
     <w:rsid w:val="00EC4B86"/>
     <w:rsid w:val="00EC7D4A"/>
     <w:rsid w:val="00ED20F4"/>
     <w:rsid w:val="00EE180B"/>
     <w:rsid w:val="00EE36EB"/>
     <w:rsid w:val="00EE5B9C"/>
     <w:rsid w:val="00EE628B"/>
     <w:rsid w:val="00EE6E7E"/>
     <w:rsid w:val="00EF0B48"/>
     <w:rsid w:val="00EF4AB3"/>
+    <w:rsid w:val="00EF4B33"/>
     <w:rsid w:val="00F02A4A"/>
     <w:rsid w:val="00F061FA"/>
     <w:rsid w:val="00F07882"/>
     <w:rsid w:val="00F169AA"/>
     <w:rsid w:val="00F20355"/>
     <w:rsid w:val="00F30499"/>
     <w:rsid w:val="00F330F0"/>
     <w:rsid w:val="00F343D3"/>
+    <w:rsid w:val="00F34564"/>
     <w:rsid w:val="00F34764"/>
     <w:rsid w:val="00F4765D"/>
     <w:rsid w:val="00F50F2F"/>
     <w:rsid w:val="00F52FEF"/>
     <w:rsid w:val="00F5364A"/>
     <w:rsid w:val="00F53720"/>
     <w:rsid w:val="00F53CE8"/>
     <w:rsid w:val="00F61F00"/>
     <w:rsid w:val="00F63D94"/>
     <w:rsid w:val="00F66132"/>
     <w:rsid w:val="00F74C30"/>
     <w:rsid w:val="00F76209"/>
     <w:rsid w:val="00F92782"/>
     <w:rsid w:val="00F937C9"/>
     <w:rsid w:val="00F95626"/>
     <w:rsid w:val="00F9587E"/>
     <w:rsid w:val="00FA0CA7"/>
     <w:rsid w:val="00FA1768"/>
     <w:rsid w:val="00FA253C"/>
     <w:rsid w:val="00FA29A3"/>
     <w:rsid w:val="00FB2162"/>
     <w:rsid w:val="00FB2CA4"/>
     <w:rsid w:val="00FB5D3D"/>
     <w:rsid w:val="00FB7AD9"/>
     <w:rsid w:val="00FC035E"/>
@@ -6394,75 +6336,75 @@
     <w:rsid w:val="00FD7860"/>
     <w:rsid w:val="00FE05A5"/>
     <w:rsid w:val="00FE2CBF"/>
     <w:rsid w:val="00FF202B"/>
     <w:rsid w:val="00FF2323"/>
     <w:rsid w:val="00FF4CF0"/>
     <w:rsid w:val="00FF71BC"/>
     <w:rsid w:val="00FF72C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="53ABA4CA"/>
+  <w14:docId w14:val="0BAC8152"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6790,55 +6732,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:aliases w:val="TD_N_Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00875DCE"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00AC4111"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:jc w:val="center"/>
@@ -7632,77 +7569,78 @@
     <w:locked/>
     <w:rsid w:val="00FD6563"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00345251"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IJETCAbstractKeywordsText">
     <w:name w:val="IJET_C_Abstract/Keywords Text"/>
     <w:next w:val="Normale"/>
     <w:link w:val="IJETCAbstractKeywordsTextCarattere"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="003A3941"/>
+    <w:rsid w:val="00EF4B33"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="480" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IJETLCaptionLabel">
     <w:name w:val="IJET_L_Caption Label"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00052628"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IJETCAbstractKeywordsTextCarattere">
     <w:name w:val="IJET_C_Abstract/Keywords Text Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="IJETCAbstractKeywordsText"/>
-    <w:rsid w:val="003A3941"/>
+    <w:rsid w:val="00EF4B33"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandocommento">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="004524C5"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testocommento">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestocommentoCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -7894,83 +7832,86 @@
     <w:link w:val="-"/>
     <w:rsid w:val="00C46965"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1IJETENGLISHPaperTitle">
     <w:name w:val="1_IJET_ENGLISH Paper Title"/>
     <w:basedOn w:val="Normale"/>
     <w:rsid w:val="00285B8D"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="002060"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687416"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3IJETAuthorsAffiliations">
     <w:name w:val="3_IJET_Authors' Affiliations"/>
     <w:basedOn w:val="Normale"/>
     <w:rsid w:val="003A724E"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:lang w:eastAsia="en-GB"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3IJETAUTHORS">
     <w:name w:val="3_IJET_AUTHORS"/>
     <w:basedOn w:val="Normale"/>
-    <w:rsid w:val="003652E0"/>
+    <w:rsid w:val="00F34564"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3IJETCorrespondingauthor">
     <w:name w:val="3_IJET_Corresponding author"/>
     <w:basedOn w:val="3IJETAuthorsAffiliations"/>
     <w:rsid w:val="003652E0"/>
     <w:rPr>
       <w:i w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="--">
     <w:name w:val="--"/>
     <w:basedOn w:val="3IJETCorrespondingauthor"/>
     <w:rsid w:val="003652E0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IJETTablebody">
     <w:name w:val="IJET_Table_body"/>
     <w:qFormat/>
@@ -8006,51 +7947,51 @@
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:semiHidden/>
     <w:rsid w:val="006E201B"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="210046635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2023509571">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8200,116 +8141,116 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2729.2008.00276.x" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijet.itd.cnr.it/index.php/td/about" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="768E64342A374C7698BE0FD99F53CD70"/>
+        <w:name w:val="CDBC82F9273C4F90B436139EDEF1713B"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{40FE427F-AF61-4606-945A-00AD2A7C5E3C}"/>
+        <w:guid w:val="{270BE753-93C5-498C-8B09-01F2A78D57D3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C8704E">
           <w:pPr>
-            <w:pStyle w:val="768E64342A374C7698BE0FD99F53CD70"/>
+            <w:pStyle w:val="CDBC82F9273C4F90B436139EDEF1713B"/>
           </w:pPr>
           <w:r w:rsidRPr="00793343">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">Fare clic qui per immettere testo/Click </w:t>
           </w:r>
           <w:r w:rsidRPr="006637B6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">or tap </w:t>
           </w:r>
           <w:r w:rsidRPr="00793343">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">here to </w:t>
           </w:r>
           <w:r w:rsidRPr="006637B6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>enter</w:t>
           </w:r>
           <w:r w:rsidRPr="00793343">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve"> text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8360,126 +8301,110 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...10 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006C1365"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006C1365"/>
+    <w:rsidRoot w:val="00C8704E"/>
+    <w:rsid w:val="00C8704E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8807,104 +8732,99 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Testosegnaposto">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="768E64342A374C7698BE0FD99F53CD70">
-    <w:name w:val="768E64342A374C7698BE0FD99F53CD70"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDBC82F9273C4F90B436139EDEF1713B">
+    <w:name w:val="CDBC82F9273C4F90B436139EDEF1713B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -9136,94 +9056,94 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8869826B-E6B4-4550-A1DE-6E5B66F6386C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89B7944D-1A65-4A19-AE38-A33497D67A6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Norme per la pubblicazione</Template>
+  <Template>Norme per la pubblicazione ok.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1030</Words>
-  <Characters>5872</Characters>
+  <Words>1026</Words>
+  <Characters>5854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Norme per la pubblicazione - TD</vt:lpstr>
       <vt:lpstr>Norme per la pubblicazione - TD</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6889</CharactersWithSpaces>
+  <CharactersWithSpaces>6867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>5636160</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.apastyle.org/learn/index.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4194375</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9248,35 +9168,35 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.tdjournal.itd.cnr.it/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Norme per la pubblicazione - TD</dc:title>
   <dc:subject/>
-  <dc:creator>Reviewer</dc:creator>
+  <dc:creator>Beppe</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>